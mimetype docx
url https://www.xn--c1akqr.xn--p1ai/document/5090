--- v0 (2025-12-06)
+++ v1 (2026-02-02)
@@ -87,104 +87,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> (по состоянию на </w:t>
       </w:r>
       <w:r w:rsidR="000A5A25" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00086BCE">
+      <w:r w:rsidR="00DA0CE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ноября</w:t>
+        <w:t>января</w:t>
       </w:r>
       <w:r w:rsidR="00EC46B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D92097" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00045D53">
+      <w:r w:rsidR="00DA0CE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007A156D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>года)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -861,67 +861,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="008D64F4">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>99</w:t>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -957,113 +965,121 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00652D6E">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>39</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00C364C5">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B46F3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -2098,67 +2114,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00686225">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2194,97 +2218,105 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="003F29E8">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -3384,97 +3416,105 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00547897">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...29 lines deleted...]
-              <w:t>65</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4562,113 +4602,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C364C5">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C364C5">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -6322,75 +6362,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="005E1D86">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E1D86" w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -6456,75 +6496,75 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="005E1D86">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="005E1D86" w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7667,57 +7707,57 @@
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="00B033D8">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
@@ -7761,67 +7801,67 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00B033D8" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="003D0169" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00B033D8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
@@ -8047,121 +8087,121 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="008627E8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="003D0169">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008627E8" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>51</w:t>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="008627E8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="003D0169">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008627E8" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>70</w:t>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00A33350">
         <w:trPr>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -8726,97 +8766,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>205</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>223</w:t>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -9361,97 +9417,97 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00F65743" w:rsidP="00F65743">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00F65743">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -9721,96 +9777,96 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10091,120 +10147,104 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00D079F1">
-[...23 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00D079F1">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...23 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10474,96 +10514,112 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -11114,113 +11170,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00D079F1">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="005B68FD">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00D079F1" w:rsidRPr="00D079F1">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="005B68FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00D079F1">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="005B68FD">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00D079F1" w:rsidRPr="00D079F1">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="005B68FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -11661,201 +11717,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>22/1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001F3B15" w:rsidRPr="001A5431">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -12105,96 +12177,112 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>19/1</w:t>
-[...28 lines deleted...]
-              <w:t>34</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14143,209 +14231,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="009867E2" w:rsidP="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00230F30">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...13 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="009867E2">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="009867E2">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14437,209 +14509,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...24 lines deleted...]
-            </w:pPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00230F30" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14817,217 +14889,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00230F30" w:rsidRPr="00230F30">
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230F30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00230F30">
-[...139 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15515,67 +15587,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>79</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
@@ -15649,67 +15729,75 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>82</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -16191,67 +16279,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00744A16" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00744A16" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>58</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -16317,75 +16413,75 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="004B3C84">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00744A16" w:rsidRPr="00744A16">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -16866,202 +16962,212 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>73</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...92 lines deleted...]
-              </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="0062632F" w:rsidRPr="00CD2B65">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -21933,52 +22039,50 @@
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005A2D5A" w:rsidRDefault="005A2D5A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A2D5A" w:rsidSect="00BD1C21">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="568" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -22134,50 +22238,51 @@
     <w:rsid w:val="001A18D8"/>
     <w:rsid w:val="001A5431"/>
     <w:rsid w:val="001B16C5"/>
     <w:rsid w:val="001B2ADA"/>
     <w:rsid w:val="001B370D"/>
     <w:rsid w:val="001B56FF"/>
     <w:rsid w:val="001B5F51"/>
     <w:rsid w:val="001B7678"/>
     <w:rsid w:val="001C0BC1"/>
     <w:rsid w:val="001C2695"/>
     <w:rsid w:val="001C3D6F"/>
     <w:rsid w:val="001C4C9E"/>
     <w:rsid w:val="001C55DD"/>
     <w:rsid w:val="001C6D9F"/>
     <w:rsid w:val="001D17DF"/>
     <w:rsid w:val="001D707F"/>
     <w:rsid w:val="001E4F15"/>
     <w:rsid w:val="001F3B15"/>
     <w:rsid w:val="001F3EBC"/>
     <w:rsid w:val="0020236D"/>
     <w:rsid w:val="00203BC0"/>
     <w:rsid w:val="00204841"/>
     <w:rsid w:val="00204B68"/>
     <w:rsid w:val="00205BDE"/>
     <w:rsid w:val="002119B3"/>
+    <w:rsid w:val="002150F0"/>
     <w:rsid w:val="0021522D"/>
     <w:rsid w:val="00220CDF"/>
     <w:rsid w:val="00222F95"/>
     <w:rsid w:val="0022351E"/>
     <w:rsid w:val="00226302"/>
     <w:rsid w:val="00230F30"/>
     <w:rsid w:val="002318E2"/>
     <w:rsid w:val="002410AC"/>
     <w:rsid w:val="00245852"/>
     <w:rsid w:val="00247B4F"/>
     <w:rsid w:val="002513E2"/>
     <w:rsid w:val="002539A1"/>
     <w:rsid w:val="00253E8F"/>
     <w:rsid w:val="00255D9D"/>
     <w:rsid w:val="00260094"/>
     <w:rsid w:val="0026150C"/>
     <w:rsid w:val="002750D2"/>
     <w:rsid w:val="00275519"/>
     <w:rsid w:val="00277DB0"/>
     <w:rsid w:val="00291DEE"/>
     <w:rsid w:val="00292A86"/>
     <w:rsid w:val="0029304B"/>
     <w:rsid w:val="00293C10"/>
     <w:rsid w:val="002957C6"/>
     <w:rsid w:val="00296AFB"/>
@@ -22216,144 +22321,147 @@
     <w:rsid w:val="00336D6E"/>
     <w:rsid w:val="00347EA1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="003538B9"/>
     <w:rsid w:val="00360269"/>
     <w:rsid w:val="00360447"/>
     <w:rsid w:val="00360CAD"/>
     <w:rsid w:val="00361436"/>
     <w:rsid w:val="00365CA0"/>
     <w:rsid w:val="003669BA"/>
     <w:rsid w:val="00366A68"/>
     <w:rsid w:val="00367643"/>
     <w:rsid w:val="003771D0"/>
     <w:rsid w:val="00377EB2"/>
     <w:rsid w:val="00390500"/>
     <w:rsid w:val="00391A3D"/>
     <w:rsid w:val="00392EF9"/>
     <w:rsid w:val="00393CBF"/>
     <w:rsid w:val="003A2D70"/>
     <w:rsid w:val="003A554A"/>
     <w:rsid w:val="003A74CF"/>
     <w:rsid w:val="003B0B8C"/>
     <w:rsid w:val="003B46F3"/>
     <w:rsid w:val="003C2BF9"/>
     <w:rsid w:val="003C7A3A"/>
+    <w:rsid w:val="003D0169"/>
     <w:rsid w:val="003D0B9E"/>
     <w:rsid w:val="003D1CDA"/>
     <w:rsid w:val="003D53CB"/>
     <w:rsid w:val="003E1B74"/>
     <w:rsid w:val="003E69EB"/>
     <w:rsid w:val="003F1767"/>
     <w:rsid w:val="003F291B"/>
     <w:rsid w:val="003F29E8"/>
     <w:rsid w:val="003F5F33"/>
     <w:rsid w:val="003F6369"/>
     <w:rsid w:val="004019CD"/>
     <w:rsid w:val="004042A8"/>
     <w:rsid w:val="00405286"/>
     <w:rsid w:val="004074DF"/>
     <w:rsid w:val="00416241"/>
     <w:rsid w:val="004171B7"/>
     <w:rsid w:val="004278FB"/>
     <w:rsid w:val="00433F06"/>
     <w:rsid w:val="0043623D"/>
     <w:rsid w:val="00443B35"/>
     <w:rsid w:val="00444D2A"/>
     <w:rsid w:val="00445537"/>
     <w:rsid w:val="004518B6"/>
     <w:rsid w:val="00457CAB"/>
     <w:rsid w:val="00463DDC"/>
     <w:rsid w:val="00464B4A"/>
     <w:rsid w:val="00464D0B"/>
     <w:rsid w:val="00465FA8"/>
     <w:rsid w:val="00471370"/>
     <w:rsid w:val="0047205F"/>
     <w:rsid w:val="004745D0"/>
     <w:rsid w:val="00475941"/>
     <w:rsid w:val="00475E5D"/>
     <w:rsid w:val="0047778D"/>
     <w:rsid w:val="00482782"/>
     <w:rsid w:val="0048282C"/>
     <w:rsid w:val="0049045D"/>
     <w:rsid w:val="00491660"/>
     <w:rsid w:val="0049374F"/>
     <w:rsid w:val="00493AAE"/>
     <w:rsid w:val="004A1500"/>
     <w:rsid w:val="004A2FB3"/>
     <w:rsid w:val="004A66F2"/>
     <w:rsid w:val="004B07B3"/>
     <w:rsid w:val="004B1CB2"/>
+    <w:rsid w:val="004B3C84"/>
     <w:rsid w:val="004B6A97"/>
     <w:rsid w:val="004C0CA9"/>
     <w:rsid w:val="004C30DE"/>
     <w:rsid w:val="004D1B50"/>
     <w:rsid w:val="004D6CF6"/>
     <w:rsid w:val="004E01FD"/>
     <w:rsid w:val="004E1CF8"/>
     <w:rsid w:val="004E730A"/>
     <w:rsid w:val="004E7423"/>
     <w:rsid w:val="004F4DD6"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="005000FE"/>
     <w:rsid w:val="00500C59"/>
     <w:rsid w:val="005043D5"/>
     <w:rsid w:val="0051150B"/>
     <w:rsid w:val="00511810"/>
     <w:rsid w:val="005165FF"/>
     <w:rsid w:val="0051725E"/>
     <w:rsid w:val="00517C02"/>
     <w:rsid w:val="00526FE7"/>
     <w:rsid w:val="00531A63"/>
     <w:rsid w:val="00532E8F"/>
     <w:rsid w:val="00535847"/>
     <w:rsid w:val="00536073"/>
     <w:rsid w:val="00536E80"/>
     <w:rsid w:val="00537E77"/>
     <w:rsid w:val="00537F87"/>
     <w:rsid w:val="005413A5"/>
     <w:rsid w:val="00544FE1"/>
     <w:rsid w:val="00547897"/>
     <w:rsid w:val="00556BA5"/>
     <w:rsid w:val="00565DF0"/>
     <w:rsid w:val="00573264"/>
     <w:rsid w:val="005739E9"/>
     <w:rsid w:val="00577355"/>
     <w:rsid w:val="00580CA0"/>
     <w:rsid w:val="00583090"/>
     <w:rsid w:val="00594256"/>
     <w:rsid w:val="005944AB"/>
     <w:rsid w:val="00595DB1"/>
     <w:rsid w:val="005961AA"/>
     <w:rsid w:val="0059642C"/>
     <w:rsid w:val="00596CF2"/>
     <w:rsid w:val="00596D8D"/>
     <w:rsid w:val="005A2749"/>
     <w:rsid w:val="005A2D5A"/>
     <w:rsid w:val="005A724F"/>
     <w:rsid w:val="005B30C9"/>
     <w:rsid w:val="005B4F6A"/>
+    <w:rsid w:val="005B68FD"/>
     <w:rsid w:val="005B6E4A"/>
     <w:rsid w:val="005C0E93"/>
     <w:rsid w:val="005C3AFE"/>
     <w:rsid w:val="005C444D"/>
     <w:rsid w:val="005D39B6"/>
     <w:rsid w:val="005D4F08"/>
     <w:rsid w:val="005E068B"/>
     <w:rsid w:val="005E16D8"/>
     <w:rsid w:val="005E1D86"/>
     <w:rsid w:val="005E1E34"/>
     <w:rsid w:val="005E2A8B"/>
     <w:rsid w:val="005E33DD"/>
     <w:rsid w:val="005F35F6"/>
     <w:rsid w:val="005F59C2"/>
     <w:rsid w:val="005F61A3"/>
     <w:rsid w:val="005F7C75"/>
     <w:rsid w:val="00601239"/>
     <w:rsid w:val="0060240C"/>
     <w:rsid w:val="00603D1F"/>
     <w:rsid w:val="00603F95"/>
     <w:rsid w:val="0060420A"/>
     <w:rsid w:val="006115DE"/>
     <w:rsid w:val="006125D3"/>
     <w:rsid w:val="00612C76"/>
     <w:rsid w:val="0061428E"/>
@@ -22522,85 +22630,87 @@
     <w:rsid w:val="008F7665"/>
     <w:rsid w:val="009012A3"/>
     <w:rsid w:val="00904A9C"/>
     <w:rsid w:val="009078B3"/>
     <w:rsid w:val="00911ABA"/>
     <w:rsid w:val="00914BCD"/>
     <w:rsid w:val="00916485"/>
     <w:rsid w:val="00921A80"/>
     <w:rsid w:val="00922244"/>
     <w:rsid w:val="00925D20"/>
     <w:rsid w:val="00926D5D"/>
     <w:rsid w:val="00927189"/>
     <w:rsid w:val="00927C44"/>
     <w:rsid w:val="00932F20"/>
     <w:rsid w:val="00941A55"/>
     <w:rsid w:val="0094436A"/>
     <w:rsid w:val="00944A6B"/>
     <w:rsid w:val="00952694"/>
     <w:rsid w:val="00955048"/>
     <w:rsid w:val="0096216E"/>
     <w:rsid w:val="00962434"/>
     <w:rsid w:val="00962D19"/>
     <w:rsid w:val="00970F21"/>
     <w:rsid w:val="0097256E"/>
     <w:rsid w:val="00975F8C"/>
+    <w:rsid w:val="00981351"/>
     <w:rsid w:val="00984F22"/>
     <w:rsid w:val="00985FC9"/>
     <w:rsid w:val="009867E2"/>
     <w:rsid w:val="0099187D"/>
     <w:rsid w:val="00993BD7"/>
     <w:rsid w:val="009959C8"/>
     <w:rsid w:val="00996B53"/>
     <w:rsid w:val="009A1235"/>
     <w:rsid w:val="009A1DFA"/>
     <w:rsid w:val="009A643F"/>
     <w:rsid w:val="009A7F2E"/>
     <w:rsid w:val="009B1F8F"/>
     <w:rsid w:val="009B47A5"/>
     <w:rsid w:val="009B5E2C"/>
     <w:rsid w:val="009B61DB"/>
     <w:rsid w:val="009C0DC7"/>
     <w:rsid w:val="009C102C"/>
     <w:rsid w:val="009D21F1"/>
     <w:rsid w:val="009D2F7B"/>
     <w:rsid w:val="009E076B"/>
     <w:rsid w:val="009E08BB"/>
     <w:rsid w:val="009E4EE5"/>
     <w:rsid w:val="009F22C7"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F5B60"/>
     <w:rsid w:val="009F66B8"/>
     <w:rsid w:val="009F6CCB"/>
     <w:rsid w:val="009F7CAC"/>
     <w:rsid w:val="00A02B4A"/>
     <w:rsid w:val="00A115DE"/>
     <w:rsid w:val="00A1270F"/>
     <w:rsid w:val="00A12F98"/>
     <w:rsid w:val="00A16432"/>
     <w:rsid w:val="00A17371"/>
     <w:rsid w:val="00A17634"/>
+    <w:rsid w:val="00A2393D"/>
     <w:rsid w:val="00A23AE7"/>
     <w:rsid w:val="00A26936"/>
     <w:rsid w:val="00A31480"/>
     <w:rsid w:val="00A33350"/>
     <w:rsid w:val="00A34585"/>
     <w:rsid w:val="00A34A81"/>
     <w:rsid w:val="00A351AB"/>
     <w:rsid w:val="00A3530F"/>
     <w:rsid w:val="00A36D59"/>
     <w:rsid w:val="00A3720D"/>
     <w:rsid w:val="00A37D03"/>
     <w:rsid w:val="00A40051"/>
     <w:rsid w:val="00A4253B"/>
     <w:rsid w:val="00A426B8"/>
     <w:rsid w:val="00A46817"/>
     <w:rsid w:val="00A50E38"/>
     <w:rsid w:val="00A550AE"/>
     <w:rsid w:val="00A61184"/>
     <w:rsid w:val="00A6195C"/>
     <w:rsid w:val="00A622FB"/>
     <w:rsid w:val="00A662AE"/>
     <w:rsid w:val="00A66FD1"/>
     <w:rsid w:val="00A70356"/>
     <w:rsid w:val="00A704FC"/>
     <w:rsid w:val="00A73AF5"/>
@@ -22777,50 +22887,51 @@
     <w:rsid w:val="00D22E5A"/>
     <w:rsid w:val="00D274CC"/>
     <w:rsid w:val="00D27E7F"/>
     <w:rsid w:val="00D324D1"/>
     <w:rsid w:val="00D401B1"/>
     <w:rsid w:val="00D411B6"/>
     <w:rsid w:val="00D44719"/>
     <w:rsid w:val="00D5125E"/>
     <w:rsid w:val="00D527CA"/>
     <w:rsid w:val="00D568C6"/>
     <w:rsid w:val="00D65E4D"/>
     <w:rsid w:val="00D67320"/>
     <w:rsid w:val="00D709C1"/>
     <w:rsid w:val="00D71714"/>
     <w:rsid w:val="00D71A11"/>
     <w:rsid w:val="00D73276"/>
     <w:rsid w:val="00D74583"/>
     <w:rsid w:val="00D76F2B"/>
     <w:rsid w:val="00D818C0"/>
     <w:rsid w:val="00D90E73"/>
     <w:rsid w:val="00D92097"/>
     <w:rsid w:val="00D92B97"/>
     <w:rsid w:val="00D95461"/>
     <w:rsid w:val="00D962CC"/>
     <w:rsid w:val="00DA036D"/>
+    <w:rsid w:val="00DA0CE5"/>
     <w:rsid w:val="00DA2978"/>
     <w:rsid w:val="00DA6B61"/>
     <w:rsid w:val="00DA6D0D"/>
     <w:rsid w:val="00DB1E67"/>
     <w:rsid w:val="00DB2A3D"/>
     <w:rsid w:val="00DB58A4"/>
     <w:rsid w:val="00DC133C"/>
     <w:rsid w:val="00DC2AD5"/>
     <w:rsid w:val="00DC471B"/>
     <w:rsid w:val="00DD0744"/>
     <w:rsid w:val="00DD0DC1"/>
     <w:rsid w:val="00DD1358"/>
     <w:rsid w:val="00DD48E2"/>
     <w:rsid w:val="00DD6CB8"/>
     <w:rsid w:val="00DD70CD"/>
     <w:rsid w:val="00DD79FC"/>
     <w:rsid w:val="00DE0D26"/>
     <w:rsid w:val="00DE1235"/>
     <w:rsid w:val="00DE1FFD"/>
     <w:rsid w:val="00DE57D5"/>
     <w:rsid w:val="00DF12CE"/>
     <w:rsid w:val="00DF4261"/>
     <w:rsid w:val="00DF5528"/>
     <w:rsid w:val="00DF6B62"/>
     <w:rsid w:val="00E02D7B"/>