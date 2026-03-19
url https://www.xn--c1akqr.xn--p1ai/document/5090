--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006B212D" w:rsidRPr="00A622FB" w:rsidRDefault="005B30C9" w:rsidP="006B212D">
+    <w:p w14:paraId="3EE1BC31" w14:textId="5C635A69" w:rsidR="006B212D" w:rsidRPr="00A622FB" w:rsidRDefault="005B30C9" w:rsidP="006B212D">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Информация </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -87,60 +87,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> (по состоянию на </w:t>
       </w:r>
       <w:r w:rsidR="000A5A25" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA0CE5">
+      <w:r w:rsidR="00A11F40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>января</w:t>
+        <w:t>марта</w:t>
       </w:r>
       <w:r w:rsidR="00EC46B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D92097" w:rsidRPr="00A622FB">
         <w:rPr>
@@ -181,1854 +181,1821 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>года)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14554" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="803"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1257"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="4502"/>
+        <w:gridCol w:w="1773"/>
+        <w:gridCol w:w="937"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1206"/>
+        <w:gridCol w:w="1050"/>
+        <w:gridCol w:w="1473"/>
+        <w:gridCol w:w="1272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="72781556" w14:textId="77777777" w:rsidTr="0097256E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="74FD7638" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="3AAD3B0E" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Наименование специальности, образовательной программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="22BF538A" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="20F4AB9A" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Формы обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5272" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="6567FDF2" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Численность обучающихся/из них иностранных граждан за счет (количество человек):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="6186264C" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Общая численность обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="216356B9" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="1310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="03D77B62" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="7CA50AE1" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="629F675A" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="184CCD3A" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="5569E244" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-71"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за счет бюджетных ассигнований федерального бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="5A1A2D62" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-71"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за счет бюджетов субъектов Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="394BEAE9" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-71"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за счет местных бюджетов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="307FAC1C" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за счет средств физических и (или) юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
+          <w:p w14:paraId="2CFA823E" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="006B212D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="2736D976" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B02B4A5" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.02.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="00D14795">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D91C0C" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="00D14795">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Информационные системы и программирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="7115C6CE" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B78D3DB" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="00DA0CE5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15645EB0" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00DA0CE5">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46914F98" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA742E6" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00DA0CE5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBE52BC" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00DA0CE5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00DA0CE5">
+          <w:p w14:paraId="4678E6B0" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B46F3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00DA0CE5">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="3F4ADAD5" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E415071" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB7F151" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="6DB18A6A" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F17E41E" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6297240B" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4EAF55" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A93AF3" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B476BC6" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="1DFE4933" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="60E6CE11" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="35B9E4C9" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.02.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="378AD0D5" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Техническая эксплуатация и обслуживание электрического и электромеханического оборудования (по отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="637A3EBD" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="63C5BDD0" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00D27E7F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="340FB6A5" w14:textId="6F084B44" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="00D27E7F">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1049">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59DEA8DD" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>37</w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="4E0106B8" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
+          <w:p w14:paraId="186B91EB" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71C9AC60" w14:textId="263EE1CA" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="0014151B" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00CC1049">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w14:paraId="3E6CD9A5" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="117C514C" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="69479265" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="79C818F6" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="0C728144" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00686225" w:rsidP="005B30C9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD5D6C3" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00686225" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="699CAE22" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="3AD15081" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="0B0A2BE6" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w14:paraId="2042D187" w14:textId="77777777" w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w14:paraId="5A7EB151" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="003F29E8" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E67238" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="003F29E8" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.02.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53B8C208" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Эксплуатация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
@@ -2042,3008 +2009,2947 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>и обслуживание электрического и электромеханического оборудования (по отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="71F89820" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F1010E" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C252A0" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E8841D" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28212B06" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7C45FF" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0995FFB0" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
             <w:r w:rsidR="00981351">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...124 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00981351">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w14:paraId="70818E31" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49655AF9" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="505FE789" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="0A424DE3" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB2AC26" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D82E77F" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F7EE19" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F75EB55" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D1E2D8" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="53F81D1C" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w14:paraId="627311EE" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3538D188" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.02.08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCB1F41" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Технология машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="0E7ADA15" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0D0676" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BDA481" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="065C8EDB" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E11E8F" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="025E1F5D" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="00652D6E">
+          <w:p w14:paraId="6FE5EAF1" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="00652D6E">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001770C3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w14:paraId="7EB95465" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7383BFAF" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="205D8FD1" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="4063067D" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FCC0C7" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="487C6430" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="671C73BB" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4990B529" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F82B2C5" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+          <w:p w14:paraId="64111757" w14:textId="77777777" w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w14:paraId="38023265" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00547897" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E7A732" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00547897" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.02.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2005F06C" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Технология машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="1EE52F1C" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594D10C6" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00962434">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C896055" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00962434">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00962434" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D418601" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BEA836" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E47DCE8" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00981351">
+          <w:p w14:paraId="35F2A073" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00981351">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w14:paraId="00843A66" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="475425A2" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023482A2" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="33843EF8" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="737079D3" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFE7A4E" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A6D67C" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607F05D9" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04103585" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="7CE1E111" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w14:paraId="3850C01A" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC0F9D9" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.02.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653DECC5" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Коррекционная педагогика в начальном образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="13B13F60" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D8F861" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBD650C" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDA65F6" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="448657B9" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00C364C5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E02760" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="001561FF">
+          <w:p w14:paraId="62537F8A" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w14:paraId="12A6AE62" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE67FAA" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BC448D" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="2E9E73A5" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC7510C" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7CE424" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E492E6B" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="288683BB" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B787400" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+          <w:p w14:paraId="67070062" w14:textId="77777777" w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w14:paraId="7DFAF59D" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="003771D0" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7CA5F8" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="003771D0" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="003771D0" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF7CFB2" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="003771D0" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003771D0">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Юриспруденция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="3CE7A6C6" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF5BBDE" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7735077D" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="486D506E" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B355EB" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF3D691" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00981351">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
+          <w:p w14:paraId="3B7B2303" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00981351">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w14:paraId="20FCB649" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAD8BD6" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDA57B3" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="56634864" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DD006A" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E65C569" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5153445B" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0272309A" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BF39BE" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="501717E6" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w14:paraId="015BC414" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E9DF4B" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C64A62" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2812BE" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C64A62" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003771D0">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Юриспруденция</w:t>
             </w:r>
             <w:r>
@@ -5059,1214 +4965,1194 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(на базе среднего общего образования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="6863DC56" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A08BCDC" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C423A29" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BE0280" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B72A68B" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="186BE543" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
+          <w:p w14:paraId="7E46E8BE" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w14:paraId="3CA5A25E" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387DDAE7" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F43AD21" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="7255AECA" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1F797C" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E847EDC" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C039E93" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E779BF" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1836501B" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+          <w:p w14:paraId="76ABECBA" w14:textId="77777777" w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="77AD3136" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00BA3BBE" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3952C14C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00BA3BBE" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.02.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00BA3BBE" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CE4F96" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00BA3BBE" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дошкольное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="23CFF234" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>среднее профессиональное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8B7E04" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316E6A72" w14:textId="082D68EB" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00CC1049" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F66F27" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50131FE8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BBE120" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AB833EF" w14:textId="23F0874A" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...29 lines deleted...]
-              <w:t>21</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1049">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="66B951B4" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A45D935" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AA9201" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4EB022B4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5630346C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257F5B1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537954B3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B34937" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290CBC4B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="68A03FB8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="39A4FB1E" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6E805AC0" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>09.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4D267B53" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Информатика и вычислительная техника </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="5855F77E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -6277,659 +6163,649 @@
               </w:rPr>
               <w:t>профиль Программное обеспечение средств вычислительной техники и автоматизированных систем</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="75047C87" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="482A4C7D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C54495" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00DA0CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE4D48E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BB2FEA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="502A062A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+          <w:p w14:paraId="773B5125" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00DA0CE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="3BE85ECA" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="09427F59" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="571C3DD1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="717C5583" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="49E97395" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C03F1AC" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5B2574" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B8C867" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70ECFB85" w14:textId="18D468E5" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4E7A10EE" w14:textId="5CC28BE8" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>57</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="6407CBF0" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="5C894D8A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1A707F07" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Теплоэнергетика и теплотехника</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="68C5E57D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -6940,660 +6816,642 @@
               </w:rPr>
               <w:t>профиль Энергообеспечение предприятий</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0B01E439" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="629D2331" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415BE964" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E156BF4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DB6C8D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE008E7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7FC28225" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="001301F2" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1A2791D4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7B122B1C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="030CBAC0" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1A6508AE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310AC625" w14:textId="14B2E9BE" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="000C050D" w:rsidP="00071626">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05603623" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57099523" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25AB30F0" w14:textId="46960515" w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="005E1D86">
-[...102 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="33813D22" w14:textId="367771F5" w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>81</w:t>
+            <w:r w:rsidRPr="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="6CBD132F" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="743E440D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="13C5AE33" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Электроэнергетика и электротехника</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="21B88504" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -7604,691 +7462,673 @@
               </w:rPr>
               <w:t>профиль Электроснабжение</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3ED39D8E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="575025C7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C6314A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="003D0169">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="265DB03D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733ECB28" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="003D0169" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B04A3CF" w14:textId="19C5ED81" w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="000C050D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00B033D8">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w14:paraId="0C0D13CB" w14:textId="68244311" w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="005D75C7" w:rsidP="00B033D8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="6D474F47" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2C95D402" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0AF313CA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2A4AF5AA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="18BF46F6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D121ACA" w14:textId="41DB3B8E" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9AA5E7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DB65C2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="003D0169">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DBB152" w14:textId="412089EF" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003D0169">
-[...5 lines deleted...]
-              <w:t>49</w:t>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="003D0169">
+          <w:p w14:paraId="172E7B92" w14:textId="59FBC1F5" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003D0169">
-[...5 lines deleted...]
-              <w:t>68</w:t>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00A33350">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="2B67BAEC" w14:textId="77777777" w:rsidTr="00A33350">
         <w:trPr>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="63B93C52" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="544BF46C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Конструкторско-технологическое обеспечение машиностроительных производств</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="00ECBCE3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -8299,643 +8139,609 @@
               </w:rPr>
               <w:t>профиль Технология машиностроения</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1517084A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2FA5BEB9" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04929B43" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="075AFF38" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FDC712" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACAD6D1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="629FE6D7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="65420836" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="457AAA07" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0DD9B486" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="73EF3452" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3AB71E1B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0AD671" w14:textId="5A880B35" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D15E5B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1D9078" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="583C030A" w14:textId="4EEB0918" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="000C050D" w:rsidP="005D75C7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="114D805C" w14:textId="35BCEC4F" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...44 lines deleted...]
-              </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="000C050D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="27E24124" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3141E1B3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23.03.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="477C60F3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Эксплуатация транспортно-технологических машин и комплексов</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -8958,641 +8764,615 @@
               </w:rPr>
               <w:t>профиль Автомобили и автомобильное хозяйство</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="09A02AB7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">высшее образование - </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60935930" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD174CF" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="717AF207" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A3E5AA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAE6C9E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3489DCA4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="41928F88" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2DE9D972" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7F47BC4F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7E1010FD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4968C880" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E0A373" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEB6185" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="400916FD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00F65743">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C3C280" w14:textId="328D495D" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="004B34AE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6C097320" w14:textId="6A19A814" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="004B34AE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>70</w:t>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="7F2A95C6" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2E992674" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="44650602" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="72A45AB5" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -9602,710 +9382,674 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Бухгалтерский учет, анализ и аудит</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2638C5BF" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">высшее образование - </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="940" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B06EAC1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...34 lines deleted...]
-              </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0368DB10" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A8AC7B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EDE950" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="271C7ADB" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0AA1E067" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w14:paraId="417E5C1D" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1FC0BC47" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4003A046" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="662864E9" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Экономика предприятий и организаций</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="36B4236D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BFCBD7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FBB645" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8C539F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="747103CD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00D079F1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EABD838" w14:textId="4A1CEA59" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00ED1512" w:rsidP="00D079F1">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>34</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1192A2DB" w14:textId="085D9EB0" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00ED1512" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>50</w:t>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="1133414B" w14:textId="77777777" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="27A092FD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>38.03.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="5633AE34" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Государственное и муниципальное управлени</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -10329,357 +10073,338 @@
               <w:t>профиль Муниципальное управление</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="17AEE6DF" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BDBB4A8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AE5AFD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E55A1B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBE6825" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AE1EF9" w14:textId="5436C0FA" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00A2393D">
+            <w:r w:rsidR="00ED1512">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17E6ED88" w14:textId="3D9FC55D" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="005D75C7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...34 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00ED1512">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="7451AF1F" w14:textId="77777777" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="765C8746" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>40.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BE8F00" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Юриспруденция </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -10705,1693 +10430,1606 @@
               <w:t>профиль Гражданско-правовой</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="6780D587" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="548C96C6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30811800" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63828B52" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2227A208" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657FCD31" w14:textId="3CDB1D5A" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>43</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1512">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="72EFCB28" w14:textId="0D0E8F41" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>43</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED1512">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="3C33578B" w14:textId="77777777" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB8202F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB7A8E1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="26D698AE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AC15FE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D46F64" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC2190F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A482419" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-              <w:t>0</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9DB024" w14:textId="6181BC2F" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00ED1512" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="005B68FD">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w14:paraId="487B45D8" w14:textId="57FCAF37" w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00ED1512" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w14:paraId="2C20330D" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="18B254CD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0C6C0621" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2733E8AC" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(профиль Безопасность жизнедеятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0D71C94E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="61447F5D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD6FE4F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E6E947" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="329014B2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C76CA94" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="54466868" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w14:paraId="51183C91" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6A534852" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="180A6063" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="61206D56" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="340F5F00" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBC45E9" w14:textId="4C811FEA" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00A2393D" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00655391">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD2DD59" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D829A24" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>/1</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>20</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="266025D4" w14:textId="4302507D" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="51980C2F" w14:textId="09047B83" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="005D75C7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="59A5CA81" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="29D86A2F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6E6E48F0" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="17F1246A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(профиль История)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="190EA87D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62627CCE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="775AC9EB" w14:textId="6C8E9D06" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71012977" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A0A60D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="320F2940" w14:textId="2C8E1C76" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>15</w:t>
             </w:r>
-          </w:p>
-[...74 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AAE3EA4" w14:textId="5F2DD207" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...44 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="421A3AE6" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4856A828" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3F7DD295" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="590485FA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -12402,649 +12040,631 @@
               </w:rPr>
               <w:t>профиль Дошкольное образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1D94BE96" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6E603025" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B23E95C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBC5A3F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DEE50C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4905E61C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0259979E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="798EB206" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="035273BC" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0D2EA62D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="51A9CCA3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7A1C7433" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A2C822" w14:textId="7835D2A3" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE480B6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>23</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2AC772" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="003227AD" w14:textId="4FC8314B" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001A5431" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...31 lines deleted...]
-              <w:t>26</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00655391">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001A5431" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>49</w:t>
+          <w:p w14:paraId="1F28C15C" w14:textId="181D4075" w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00655391" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="306132BB" w14:textId="77777777" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="725082F8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="15BD486D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="19903978" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -13054,367 +12674,348 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Начальное образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4CF96917" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="17416F8D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44611FAE" w14:textId="043D8369" w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="003F4E01" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D093D89" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>21</w:t>
-[...14 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="468A9D1E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...29 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>53</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBA5466" w14:textId="49296F6F" w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="003F4E01" w:rsidP="005557B7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>74</w:t>
+          <w:p w14:paraId="5D44B85A" w14:textId="1CD73973" w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="003F4E01" w:rsidP="005557B7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="51153BAE" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1BE40834" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="161B6552" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Психолого-педагогическое образование           </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="340AB7A2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -13425,2067 +13026,1976 @@
               </w:rPr>
               <w:t>профиль Психология образования</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="1A338836" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование – бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="45FD4899" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D6EC47" w14:textId="7BA2F3B1" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="003F4E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70331956" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="735FE543" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EB2045" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w14:paraId="1741C452" w14:textId="00988391" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+            <w:r w:rsidR="003F4E01">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="4F9FC979" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="369F5D66" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1ACEEE12" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0F8FDE1E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1D48D382" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>26</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE6D4F5" w14:textId="608F58A4" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003F4E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B846D5A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5264184B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6504E629" w14:textId="60F65EF2" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
+            <w:r w:rsidR="004E1CF8" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
-[...13 lines deleted...]
-              <w:t>/1</w:t>
+            <w:r w:rsidR="003F4E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="003F4E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w14:paraId="07FEA8D6" w14:textId="0CD7E85E" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
-[...13 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="003F4E01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="5B64F3CB" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4000F57B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7FD6574E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5CE0538E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профили:  «</w:t>
-[...12 lines deleted...]
-              <w:t>Русский язык»,</w:t>
+              <w:t>профили:  «Русский язык»,</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«Литература»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="24F2511E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7F1EC044" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>59</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C2DEC6" w14:textId="47616A2D" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00230F30">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00047AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E92554" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4249C15C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228BC8F4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="009867E2">
-[...15 lines deleted...]
-              <w:t>59</w:t>
+          <w:p w14:paraId="67A90D02" w14:textId="690CF7C0" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="009867E2">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00047AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="2C64028B" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4AE9AC6E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0188D134" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="78CE782D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="23E550B5" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>15</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F560699" w14:textId="00E03C71" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00047AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1247E311" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADEC197" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB5A374" w14:textId="59801768" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="004B3C84">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:r w:rsidR="00047AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="194CA509" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="5CBAE8A1" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="13C251C9" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="20C843D8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="3DDF754F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>профили:  «</w:t>
-[...12 lines deleted...]
-              <w:t>Математика», «Физика»</w:t>
+              <w:t>профили:  «Математика», «Физика»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="40A4283F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="74A8DCD7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2D09C9" w14:textId="254089FB" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00047AA1" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DD2A3B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A9D47B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C492B41" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="7E0D3BC5" w14:textId="3F5B51F7" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00047AA1" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="58FE281E" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="097B5045" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="5AC30A22" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0768947E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="52156CF4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B01BBE9" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C92A95F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11785F2E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E82DFE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w14:paraId="533951A6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="06F29C08" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2955E66F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F75FA80" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="4C17F9F5" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили:  «</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Английский язык</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -15503,682 +15013,654 @@
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="4EDD16B4" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12BCC40C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB9ACDD" w14:textId="23F27177" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="004B3C84">
-[...7 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00744A16">
+            <w:r w:rsidR="001C626A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64299671" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7D4624" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>3/1</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F8ABCC" w14:textId="07338485" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="001C626A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="38E366FC" w14:textId="5E574181" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="001C626A" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="2D990957" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24588127" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="725F6904" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="514CB2F7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="067A98F5" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="284A9FB6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DDBF24" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FAA07E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EBE881" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w14:paraId="2C435177" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="4544B9A8" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6308108A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="476F7857" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1A688543" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили:  «</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Безопасность жизнедеятельности</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -16195,673 +15677,645 @@
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="36CD2525" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7716D30E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41ABBF64" w14:textId="3E3BEFBD" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00744A16" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="004B3C84">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="001C626A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74DA2A2E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70911228" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="087274A8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="004B3C84">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w14:paraId="29F208B4" w14:textId="007B2191" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="004B3C84">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="001C626A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="12A533CD" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78933AD1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43446D7F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3329677F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56743C1E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44332197" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789C7DC3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26918EDD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="392272DA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w14:paraId="799CE25E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="75CFA429" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C0F87E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1409DC62" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="59585093" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили:  «</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>История</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -16878,675 +16332,645 @@
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2C18015A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF8AD64" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00A2393D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7220AB0B" w14:textId="49F419CE" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="000D6482">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00A2393D">
+            <w:r w:rsidR="00FD5E00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4EBD67" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C514B9" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B8E429" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+          <w:p w14:paraId="7815C265" w14:textId="64BA5FEC" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00A2393D">
+            <w:r w:rsidR="00FD5E00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="04AE0357" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D9A252" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D34ED24" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="227A779D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4B8D7D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="207FCAE1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6196E4BD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D2200B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2429BA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="5261956B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="5B717BD9" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C2CF70" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269CC352" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="66FDED24" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили:  «</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дошкольное образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -17563,655 +16987,627 @@
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="367F5B71" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE3BDF7" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FB8440" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="790D44B8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D122CE6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D513652" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="7F9D9531" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="2D5B840E" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA92832" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1377E361" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="795AB236" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2773C7BE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC27CE5" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="033E31DD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="040BA881" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4C1FB3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="596907C2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="008A5850">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="0EA6A826" w14:textId="77777777" w:rsidTr="008A5850">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE5DA1D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EED59E2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...10 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="029E1AA8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили:  «</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Дошкольное образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>», «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
@@ -18227,647 +17623,629 @@
               <w:t>Коррекционная педагогика</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0671538F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="449F5517" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F903069" w14:textId="208FAEBC" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
+            <w:r w:rsidR="00F22457">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>3/4</w:t>
+              <w:t>/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="499DE743" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BDDB3E" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1390B490" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="316BC664" w14:textId="02D8A249" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00F22457">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="794F5CF4" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8D67AA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCE9E88" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4AA47C9B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="234D1ECD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A365CD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="778566AD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C0E8B1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AABB33B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1807AB9D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="008A5850">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="26C56C54" w14:textId="77777777" w:rsidTr="008A5850">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AE024F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="529B92B3" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3557BC90" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профили: «</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
@@ -18929,587 +18307,562 @@
               <w:t>Коррекционная педагогика</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="01E9AA7F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3E76DE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03630D5A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A03F311" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54907D96" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="462EB5FD" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0908843A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="2F4AB378" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED9A263" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E37A1ED" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="374C0BF1" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B72E65A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FC07AE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBF50CA" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="128B202B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5DC05F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="6DAA09E6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="6C43570D" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD3C042" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
@@ -19524,78 +18877,77 @@
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5983909F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="27500C23" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -19618,559 +18970,546 @@
               </w:rPr>
               <w:t>Математическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="44EE7587" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1F9B95" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A046F2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCE8502" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D1886C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6B8A40" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1BA38C20" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="676DFCD5" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6F8D19" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4884F031" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="2EFF683C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="174E96DF" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00B07B40">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFEB105" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00B07B40">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D9D5A6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE60A0F" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="501CC999" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0066426E">
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B6EDF00" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...28 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="544485D0" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01895EB6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
@@ -20185,78 +19524,77 @@
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E030BBE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="25E61E2A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
@@ -20279,560 +19617,547 @@
               </w:rPr>
               <w:t>Филологическое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="082001B2" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEDCFFC" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1450CF3A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2AA99A" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB9685D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E59586" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="17A5F213" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="733E5477" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63CE5E44" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F035182" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="3D5ADD44" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E7490D" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EA5F47" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7/1</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A55DB52" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACB98EF" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB6B3FC" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="5F239600" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="691FDD15" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="393B4A99" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.0</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
@@ -20847,1374 +20172,1371 @@
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A9A2AE" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="30D2B18C" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005043D5">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">профиль </w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Историческое образование</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="1DF21483" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B09B875" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF65CA8" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4D987B" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DFA5D6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E9E605" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="4D2A4181" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00255D9D">
+      <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w14:paraId="5BB6EBC6" w14:textId="77777777" w:rsidTr="00255D9D">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06716C10" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484B57D6" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w14:paraId="0D758529" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70823641" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E685CF0" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C250D0" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7/1</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA2E512" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3AD581" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w14:paraId="051D9A59" w14:textId="77777777" w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidTr="00255D9D">
+      <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w14:paraId="54972B5F" w14:textId="77777777" w:rsidTr="00255D9D">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="137FE18D" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255D9D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>44.04.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFC90CD" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255D9D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Психолого-педагогическое образование</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w14:paraId="134BD341" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255D9D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00255D9D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>профиль Психологическое сопровождение образования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w14:paraId="5EF422BA" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E529A9" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="307C2E68" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="270D28D8" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE4B0DF" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66624303" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w14:paraId="62B1A86C" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidTr="0097256E">
+      <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w14:paraId="70CE11D8" w14:textId="77777777" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4667CA2E" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4594" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C42B6B" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1688" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w14:paraId="7EC26024" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="940" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EF2EBB" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE073E8" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CB590E" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="442473C2" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4579B51D" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="004B69C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B69C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w14:paraId="6925F8FE" w14:textId="77777777" w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="004B69C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B69C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A2D5A" w:rsidRDefault="005A2D5A">
+    <w:p w14:paraId="2C8F890D" w14:textId="77777777" w:rsidR="005A2D5A" w:rsidRDefault="005A2D5A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A2D5A" w:rsidSect="00BD1C21">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="568" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA3FA3"/>
     <w:rsid w:val="00003CE0"/>
     <w:rsid w:val="00010FD1"/>
     <w:rsid w:val="00015415"/>
     <w:rsid w:val="000164D1"/>
     <w:rsid w:val="000247F3"/>
     <w:rsid w:val="000345EB"/>
     <w:rsid w:val="000347B2"/>
     <w:rsid w:val="000361F6"/>
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="00040CBA"/>
     <w:rsid w:val="000438AB"/>
     <w:rsid w:val="0004433C"/>
     <w:rsid w:val="00045D53"/>
     <w:rsid w:val="0004629D"/>
+    <w:rsid w:val="00047AA1"/>
     <w:rsid w:val="00053B1C"/>
     <w:rsid w:val="00055DD7"/>
     <w:rsid w:val="000569DD"/>
     <w:rsid w:val="00070F8B"/>
+    <w:rsid w:val="00071626"/>
     <w:rsid w:val="00071DB4"/>
     <w:rsid w:val="00074B75"/>
     <w:rsid w:val="00077F73"/>
     <w:rsid w:val="00080FED"/>
     <w:rsid w:val="00083E94"/>
     <w:rsid w:val="000853F2"/>
     <w:rsid w:val="00085F68"/>
     <w:rsid w:val="00086813"/>
     <w:rsid w:val="00086BCE"/>
     <w:rsid w:val="000932E0"/>
     <w:rsid w:val="000936CC"/>
     <w:rsid w:val="00093F44"/>
     <w:rsid w:val="00096967"/>
     <w:rsid w:val="000A10CA"/>
     <w:rsid w:val="000A5A25"/>
     <w:rsid w:val="000B2C3C"/>
     <w:rsid w:val="000B330D"/>
     <w:rsid w:val="000B3ABC"/>
     <w:rsid w:val="000B4DCE"/>
     <w:rsid w:val="000B655B"/>
+    <w:rsid w:val="000C050D"/>
     <w:rsid w:val="000C3BD7"/>
     <w:rsid w:val="000C7019"/>
     <w:rsid w:val="000D12D4"/>
     <w:rsid w:val="000D1E8D"/>
+    <w:rsid w:val="000D6482"/>
     <w:rsid w:val="000D6F9A"/>
     <w:rsid w:val="000E0576"/>
     <w:rsid w:val="000E43BB"/>
     <w:rsid w:val="000F7301"/>
     <w:rsid w:val="0010487D"/>
     <w:rsid w:val="001073F8"/>
     <w:rsid w:val="00110FBB"/>
+    <w:rsid w:val="00112549"/>
     <w:rsid w:val="0011461C"/>
     <w:rsid w:val="00116496"/>
     <w:rsid w:val="00117BF0"/>
     <w:rsid w:val="00123168"/>
     <w:rsid w:val="0012546E"/>
     <w:rsid w:val="001267AC"/>
     <w:rsid w:val="00126E54"/>
     <w:rsid w:val="001300FD"/>
     <w:rsid w:val="00134820"/>
     <w:rsid w:val="0013757B"/>
     <w:rsid w:val="0014151B"/>
     <w:rsid w:val="00141709"/>
     <w:rsid w:val="0014481D"/>
     <w:rsid w:val="00146B85"/>
     <w:rsid w:val="00147A4A"/>
     <w:rsid w:val="00150962"/>
     <w:rsid w:val="00151CC7"/>
     <w:rsid w:val="00153321"/>
     <w:rsid w:val="00153A54"/>
     <w:rsid w:val="00153E79"/>
     <w:rsid w:val="001561FF"/>
     <w:rsid w:val="001634B0"/>
     <w:rsid w:val="00165236"/>
     <w:rsid w:val="001711E2"/>
     <w:rsid w:val="0017358E"/>
@@ -22226,50 +21548,51 @@
     <w:rsid w:val="00181A18"/>
     <w:rsid w:val="00181B3E"/>
     <w:rsid w:val="001822C4"/>
     <w:rsid w:val="0018306B"/>
     <w:rsid w:val="00183EB0"/>
     <w:rsid w:val="001868F7"/>
     <w:rsid w:val="00190A79"/>
     <w:rsid w:val="00190BD6"/>
     <w:rsid w:val="001926A3"/>
     <w:rsid w:val="00193CDA"/>
     <w:rsid w:val="00195D39"/>
     <w:rsid w:val="00197AB1"/>
     <w:rsid w:val="001A18D8"/>
     <w:rsid w:val="001A5431"/>
     <w:rsid w:val="001B16C5"/>
     <w:rsid w:val="001B2ADA"/>
     <w:rsid w:val="001B370D"/>
     <w:rsid w:val="001B56FF"/>
     <w:rsid w:val="001B5F51"/>
     <w:rsid w:val="001B7678"/>
     <w:rsid w:val="001C0BC1"/>
     <w:rsid w:val="001C2695"/>
     <w:rsid w:val="001C3D6F"/>
     <w:rsid w:val="001C4C9E"/>
     <w:rsid w:val="001C55DD"/>
+    <w:rsid w:val="001C626A"/>
     <w:rsid w:val="001C6D9F"/>
     <w:rsid w:val="001D17DF"/>
     <w:rsid w:val="001D707F"/>
     <w:rsid w:val="001E4F15"/>
     <w:rsid w:val="001F3B15"/>
     <w:rsid w:val="001F3EBC"/>
     <w:rsid w:val="0020236D"/>
     <w:rsid w:val="00203BC0"/>
     <w:rsid w:val="00204841"/>
     <w:rsid w:val="00204B68"/>
     <w:rsid w:val="00205BDE"/>
     <w:rsid w:val="002119B3"/>
     <w:rsid w:val="002150F0"/>
     <w:rsid w:val="0021522D"/>
     <w:rsid w:val="00220CDF"/>
     <w:rsid w:val="00222F95"/>
     <w:rsid w:val="0022351E"/>
     <w:rsid w:val="00226302"/>
     <w:rsid w:val="00230F30"/>
     <w:rsid w:val="002318E2"/>
     <w:rsid w:val="002410AC"/>
     <w:rsid w:val="00245852"/>
     <w:rsid w:val="00247B4F"/>
     <w:rsid w:val="002513E2"/>
     <w:rsid w:val="002539A1"/>
@@ -22330,173 +21653,179 @@
     <w:rsid w:val="003669BA"/>
     <w:rsid w:val="00366A68"/>
     <w:rsid w:val="00367643"/>
     <w:rsid w:val="003771D0"/>
     <w:rsid w:val="00377EB2"/>
     <w:rsid w:val="00390500"/>
     <w:rsid w:val="00391A3D"/>
     <w:rsid w:val="00392EF9"/>
     <w:rsid w:val="00393CBF"/>
     <w:rsid w:val="003A2D70"/>
     <w:rsid w:val="003A554A"/>
     <w:rsid w:val="003A74CF"/>
     <w:rsid w:val="003B0B8C"/>
     <w:rsid w:val="003B46F3"/>
     <w:rsid w:val="003C2BF9"/>
     <w:rsid w:val="003C7A3A"/>
     <w:rsid w:val="003D0169"/>
     <w:rsid w:val="003D0B9E"/>
     <w:rsid w:val="003D1CDA"/>
     <w:rsid w:val="003D53CB"/>
     <w:rsid w:val="003E1B74"/>
     <w:rsid w:val="003E69EB"/>
     <w:rsid w:val="003F1767"/>
     <w:rsid w:val="003F291B"/>
     <w:rsid w:val="003F29E8"/>
+    <w:rsid w:val="003F4E01"/>
     <w:rsid w:val="003F5F33"/>
     <w:rsid w:val="003F6369"/>
     <w:rsid w:val="004019CD"/>
     <w:rsid w:val="004042A8"/>
     <w:rsid w:val="00405286"/>
     <w:rsid w:val="004074DF"/>
     <w:rsid w:val="00416241"/>
     <w:rsid w:val="004171B7"/>
     <w:rsid w:val="004278FB"/>
     <w:rsid w:val="00433F06"/>
     <w:rsid w:val="0043623D"/>
     <w:rsid w:val="00443B35"/>
     <w:rsid w:val="00444D2A"/>
     <w:rsid w:val="00445537"/>
     <w:rsid w:val="004518B6"/>
     <w:rsid w:val="00457CAB"/>
     <w:rsid w:val="00463DDC"/>
     <w:rsid w:val="00464B4A"/>
     <w:rsid w:val="00464D0B"/>
     <w:rsid w:val="00465FA8"/>
     <w:rsid w:val="00471370"/>
     <w:rsid w:val="0047205F"/>
     <w:rsid w:val="004745D0"/>
     <w:rsid w:val="00475941"/>
     <w:rsid w:val="00475E5D"/>
     <w:rsid w:val="0047778D"/>
     <w:rsid w:val="00482782"/>
     <w:rsid w:val="0048282C"/>
     <w:rsid w:val="0049045D"/>
     <w:rsid w:val="00491660"/>
     <w:rsid w:val="0049374F"/>
     <w:rsid w:val="00493AAE"/>
     <w:rsid w:val="004A1500"/>
     <w:rsid w:val="004A2FB3"/>
     <w:rsid w:val="004A66F2"/>
     <w:rsid w:val="004B07B3"/>
     <w:rsid w:val="004B1CB2"/>
+    <w:rsid w:val="004B34AE"/>
     <w:rsid w:val="004B3C84"/>
+    <w:rsid w:val="004B69C9"/>
     <w:rsid w:val="004B6A97"/>
     <w:rsid w:val="004C0CA9"/>
     <w:rsid w:val="004C30DE"/>
     <w:rsid w:val="004D1B50"/>
     <w:rsid w:val="004D6CF6"/>
     <w:rsid w:val="004E01FD"/>
     <w:rsid w:val="004E1CF8"/>
     <w:rsid w:val="004E730A"/>
     <w:rsid w:val="004E7423"/>
     <w:rsid w:val="004F4DD6"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="005000FE"/>
     <w:rsid w:val="00500C59"/>
     <w:rsid w:val="005043D5"/>
     <w:rsid w:val="0051150B"/>
     <w:rsid w:val="00511810"/>
     <w:rsid w:val="005165FF"/>
     <w:rsid w:val="0051725E"/>
     <w:rsid w:val="00517C02"/>
     <w:rsid w:val="00526FE7"/>
     <w:rsid w:val="00531A63"/>
     <w:rsid w:val="00532E8F"/>
     <w:rsid w:val="00535847"/>
     <w:rsid w:val="00536073"/>
     <w:rsid w:val="00536E80"/>
     <w:rsid w:val="00537E77"/>
     <w:rsid w:val="00537F87"/>
     <w:rsid w:val="005413A5"/>
     <w:rsid w:val="00544FE1"/>
     <w:rsid w:val="00547897"/>
+    <w:rsid w:val="005557B7"/>
     <w:rsid w:val="00556BA5"/>
     <w:rsid w:val="00565DF0"/>
     <w:rsid w:val="00573264"/>
     <w:rsid w:val="005739E9"/>
     <w:rsid w:val="00577355"/>
     <w:rsid w:val="00580CA0"/>
     <w:rsid w:val="00583090"/>
     <w:rsid w:val="00594256"/>
     <w:rsid w:val="005944AB"/>
     <w:rsid w:val="00595DB1"/>
     <w:rsid w:val="005961AA"/>
     <w:rsid w:val="0059642C"/>
     <w:rsid w:val="00596CF2"/>
     <w:rsid w:val="00596D8D"/>
     <w:rsid w:val="005A2749"/>
     <w:rsid w:val="005A2D5A"/>
     <w:rsid w:val="005A724F"/>
     <w:rsid w:val="005B30C9"/>
     <w:rsid w:val="005B4F6A"/>
     <w:rsid w:val="005B68FD"/>
     <w:rsid w:val="005B6E4A"/>
     <w:rsid w:val="005C0E93"/>
     <w:rsid w:val="005C3AFE"/>
     <w:rsid w:val="005C444D"/>
     <w:rsid w:val="005D39B6"/>
     <w:rsid w:val="005D4F08"/>
+    <w:rsid w:val="005D75C7"/>
     <w:rsid w:val="005E068B"/>
     <w:rsid w:val="005E16D8"/>
     <w:rsid w:val="005E1D86"/>
     <w:rsid w:val="005E1E34"/>
     <w:rsid w:val="005E2A8B"/>
     <w:rsid w:val="005E33DD"/>
     <w:rsid w:val="005F35F6"/>
     <w:rsid w:val="005F59C2"/>
     <w:rsid w:val="005F61A3"/>
     <w:rsid w:val="005F7C75"/>
     <w:rsid w:val="00601239"/>
     <w:rsid w:val="0060240C"/>
     <w:rsid w:val="00603D1F"/>
     <w:rsid w:val="00603F95"/>
     <w:rsid w:val="0060420A"/>
     <w:rsid w:val="006115DE"/>
     <w:rsid w:val="006125D3"/>
     <w:rsid w:val="00612C76"/>
     <w:rsid w:val="0061428E"/>
     <w:rsid w:val="006174DC"/>
     <w:rsid w:val="00622D45"/>
     <w:rsid w:val="00625D9E"/>
     <w:rsid w:val="0062632F"/>
     <w:rsid w:val="0062701F"/>
     <w:rsid w:val="006327CA"/>
     <w:rsid w:val="00632AC8"/>
     <w:rsid w:val="00635E4E"/>
     <w:rsid w:val="00652D6E"/>
     <w:rsid w:val="0065480A"/>
+    <w:rsid w:val="00655391"/>
     <w:rsid w:val="006557E4"/>
     <w:rsid w:val="00662D34"/>
     <w:rsid w:val="00663CE2"/>
     <w:rsid w:val="0066426E"/>
     <w:rsid w:val="006649E8"/>
     <w:rsid w:val="00664EF7"/>
     <w:rsid w:val="0066522F"/>
     <w:rsid w:val="0066794A"/>
     <w:rsid w:val="00671BA9"/>
     <w:rsid w:val="0067546E"/>
     <w:rsid w:val="00677784"/>
     <w:rsid w:val="00683B24"/>
     <w:rsid w:val="00686225"/>
     <w:rsid w:val="006867DC"/>
     <w:rsid w:val="006873A4"/>
     <w:rsid w:val="00687BB4"/>
     <w:rsid w:val="00690E40"/>
     <w:rsid w:val="00695E1A"/>
     <w:rsid w:val="006A0D98"/>
     <w:rsid w:val="006A5120"/>
     <w:rsid w:val="006A5BAF"/>
     <w:rsid w:val="006A672B"/>
     <w:rsid w:val="006A6E59"/>
     <w:rsid w:val="006B03E5"/>
     <w:rsid w:val="006B212D"/>
@@ -22592,50 +21921,51 @@
     <w:rsid w:val="008445F0"/>
     <w:rsid w:val="00850F54"/>
     <w:rsid w:val="00851AB5"/>
     <w:rsid w:val="00852E22"/>
     <w:rsid w:val="00853D3D"/>
     <w:rsid w:val="008624E2"/>
     <w:rsid w:val="008627E8"/>
     <w:rsid w:val="00862F97"/>
     <w:rsid w:val="00867786"/>
     <w:rsid w:val="00871452"/>
     <w:rsid w:val="00890809"/>
     <w:rsid w:val="00891016"/>
     <w:rsid w:val="00892CA8"/>
     <w:rsid w:val="00893113"/>
     <w:rsid w:val="008A2533"/>
     <w:rsid w:val="008A51CF"/>
     <w:rsid w:val="008A5850"/>
     <w:rsid w:val="008A63A8"/>
     <w:rsid w:val="008B3334"/>
     <w:rsid w:val="008B4B1B"/>
     <w:rsid w:val="008B5D76"/>
     <w:rsid w:val="008C2174"/>
     <w:rsid w:val="008C4887"/>
     <w:rsid w:val="008D1B08"/>
     <w:rsid w:val="008D33C1"/>
+    <w:rsid w:val="008D43DB"/>
     <w:rsid w:val="008D51EA"/>
     <w:rsid w:val="008D5DDB"/>
     <w:rsid w:val="008D5F75"/>
     <w:rsid w:val="008D64F4"/>
     <w:rsid w:val="008E165D"/>
     <w:rsid w:val="008E16D8"/>
     <w:rsid w:val="008E16F9"/>
     <w:rsid w:val="008E3897"/>
     <w:rsid w:val="008E6175"/>
     <w:rsid w:val="008F14A6"/>
     <w:rsid w:val="008F2CCD"/>
     <w:rsid w:val="008F33BF"/>
     <w:rsid w:val="008F40B9"/>
     <w:rsid w:val="008F7665"/>
     <w:rsid w:val="009012A3"/>
     <w:rsid w:val="00904A9C"/>
     <w:rsid w:val="009078B3"/>
     <w:rsid w:val="00911ABA"/>
     <w:rsid w:val="00914BCD"/>
     <w:rsid w:val="00916485"/>
     <w:rsid w:val="00921A80"/>
     <w:rsid w:val="00922244"/>
     <w:rsid w:val="00925D20"/>
     <w:rsid w:val="00926D5D"/>
     <w:rsid w:val="00927189"/>
@@ -22661,50 +21991,51 @@
     <w:rsid w:val="009959C8"/>
     <w:rsid w:val="00996B53"/>
     <w:rsid w:val="009A1235"/>
     <w:rsid w:val="009A1DFA"/>
     <w:rsid w:val="009A643F"/>
     <w:rsid w:val="009A7F2E"/>
     <w:rsid w:val="009B1F8F"/>
     <w:rsid w:val="009B47A5"/>
     <w:rsid w:val="009B5E2C"/>
     <w:rsid w:val="009B61DB"/>
     <w:rsid w:val="009C0DC7"/>
     <w:rsid w:val="009C102C"/>
     <w:rsid w:val="009D21F1"/>
     <w:rsid w:val="009D2F7B"/>
     <w:rsid w:val="009E076B"/>
     <w:rsid w:val="009E08BB"/>
     <w:rsid w:val="009E4EE5"/>
     <w:rsid w:val="009F22C7"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F5B60"/>
     <w:rsid w:val="009F66B8"/>
     <w:rsid w:val="009F6CCB"/>
     <w:rsid w:val="009F7CAC"/>
     <w:rsid w:val="00A02B4A"/>
     <w:rsid w:val="00A115DE"/>
+    <w:rsid w:val="00A11F40"/>
     <w:rsid w:val="00A1270F"/>
     <w:rsid w:val="00A12F98"/>
     <w:rsid w:val="00A16432"/>
     <w:rsid w:val="00A17371"/>
     <w:rsid w:val="00A17634"/>
     <w:rsid w:val="00A2393D"/>
     <w:rsid w:val="00A23AE7"/>
     <w:rsid w:val="00A26936"/>
     <w:rsid w:val="00A31480"/>
     <w:rsid w:val="00A33350"/>
     <w:rsid w:val="00A34585"/>
     <w:rsid w:val="00A34A81"/>
     <w:rsid w:val="00A351AB"/>
     <w:rsid w:val="00A3530F"/>
     <w:rsid w:val="00A36D59"/>
     <w:rsid w:val="00A3720D"/>
     <w:rsid w:val="00A37D03"/>
     <w:rsid w:val="00A40051"/>
     <w:rsid w:val="00A4253B"/>
     <w:rsid w:val="00A426B8"/>
     <w:rsid w:val="00A46817"/>
     <w:rsid w:val="00A50E38"/>
     <w:rsid w:val="00A550AE"/>
     <w:rsid w:val="00A61184"/>
     <w:rsid w:val="00A6195C"/>
@@ -22742,50 +22073,51 @@
     <w:rsid w:val="00AF74FC"/>
     <w:rsid w:val="00B01395"/>
     <w:rsid w:val="00B019DC"/>
     <w:rsid w:val="00B02A9A"/>
     <w:rsid w:val="00B02B43"/>
     <w:rsid w:val="00B033D8"/>
     <w:rsid w:val="00B078AE"/>
     <w:rsid w:val="00B07B40"/>
     <w:rsid w:val="00B14987"/>
     <w:rsid w:val="00B157A7"/>
     <w:rsid w:val="00B1746C"/>
     <w:rsid w:val="00B174FC"/>
     <w:rsid w:val="00B22E9F"/>
     <w:rsid w:val="00B250ED"/>
     <w:rsid w:val="00B260D8"/>
     <w:rsid w:val="00B33D93"/>
     <w:rsid w:val="00B33E6A"/>
     <w:rsid w:val="00B3602A"/>
     <w:rsid w:val="00B366EB"/>
     <w:rsid w:val="00B36A04"/>
     <w:rsid w:val="00B36AAC"/>
     <w:rsid w:val="00B41867"/>
     <w:rsid w:val="00B41A7C"/>
     <w:rsid w:val="00B463FA"/>
     <w:rsid w:val="00B46AAD"/>
+    <w:rsid w:val="00B50338"/>
     <w:rsid w:val="00B51AF5"/>
     <w:rsid w:val="00B531B0"/>
     <w:rsid w:val="00B537E8"/>
     <w:rsid w:val="00B5407E"/>
     <w:rsid w:val="00B5743D"/>
     <w:rsid w:val="00B57E2D"/>
     <w:rsid w:val="00B61AEA"/>
     <w:rsid w:val="00B64CE6"/>
     <w:rsid w:val="00B65486"/>
     <w:rsid w:val="00B65C5D"/>
     <w:rsid w:val="00B67562"/>
     <w:rsid w:val="00B709CF"/>
     <w:rsid w:val="00B72A44"/>
     <w:rsid w:val="00B72BCE"/>
     <w:rsid w:val="00B75BC1"/>
     <w:rsid w:val="00B76808"/>
     <w:rsid w:val="00B77064"/>
     <w:rsid w:val="00B84B6A"/>
     <w:rsid w:val="00B850D7"/>
     <w:rsid w:val="00B8660E"/>
     <w:rsid w:val="00B86D36"/>
     <w:rsid w:val="00B86E24"/>
     <w:rsid w:val="00B90EAA"/>
     <w:rsid w:val="00B911A9"/>
     <w:rsid w:val="00B92428"/>
@@ -22804,79 +22136,81 @@
     <w:rsid w:val="00BD1991"/>
     <w:rsid w:val="00BD1C21"/>
     <w:rsid w:val="00BD595D"/>
     <w:rsid w:val="00BD6896"/>
     <w:rsid w:val="00BE24D8"/>
     <w:rsid w:val="00BE2608"/>
     <w:rsid w:val="00BE5061"/>
     <w:rsid w:val="00BE704C"/>
     <w:rsid w:val="00BF14A4"/>
     <w:rsid w:val="00BF21C8"/>
     <w:rsid w:val="00BF3801"/>
     <w:rsid w:val="00BF5304"/>
     <w:rsid w:val="00BF5CBA"/>
     <w:rsid w:val="00C020CB"/>
     <w:rsid w:val="00C049E5"/>
     <w:rsid w:val="00C05435"/>
     <w:rsid w:val="00C0726A"/>
     <w:rsid w:val="00C11772"/>
     <w:rsid w:val="00C13DA3"/>
     <w:rsid w:val="00C17934"/>
     <w:rsid w:val="00C20EB7"/>
     <w:rsid w:val="00C212CE"/>
     <w:rsid w:val="00C2469E"/>
     <w:rsid w:val="00C26CAE"/>
     <w:rsid w:val="00C3115D"/>
+    <w:rsid w:val="00C313F0"/>
     <w:rsid w:val="00C316AB"/>
     <w:rsid w:val="00C33FE3"/>
     <w:rsid w:val="00C3506A"/>
     <w:rsid w:val="00C364C5"/>
     <w:rsid w:val="00C36931"/>
     <w:rsid w:val="00C42065"/>
     <w:rsid w:val="00C44C43"/>
     <w:rsid w:val="00C44C49"/>
     <w:rsid w:val="00C502CE"/>
     <w:rsid w:val="00C52765"/>
     <w:rsid w:val="00C64207"/>
     <w:rsid w:val="00C64A62"/>
     <w:rsid w:val="00C67321"/>
     <w:rsid w:val="00C675A0"/>
     <w:rsid w:val="00C67919"/>
     <w:rsid w:val="00C71EBB"/>
     <w:rsid w:val="00C74264"/>
     <w:rsid w:val="00C7709E"/>
     <w:rsid w:val="00C8073D"/>
     <w:rsid w:val="00C80EBA"/>
     <w:rsid w:val="00C8189B"/>
     <w:rsid w:val="00C81C1B"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00CA07E4"/>
     <w:rsid w:val="00CA0A6D"/>
     <w:rsid w:val="00CA3FA3"/>
     <w:rsid w:val="00CA7B14"/>
     <w:rsid w:val="00CB00F4"/>
     <w:rsid w:val="00CB4281"/>
+    <w:rsid w:val="00CC1049"/>
     <w:rsid w:val="00CC2006"/>
     <w:rsid w:val="00CC469D"/>
     <w:rsid w:val="00CC70B5"/>
     <w:rsid w:val="00CD15DE"/>
     <w:rsid w:val="00CD25A3"/>
     <w:rsid w:val="00CD29AE"/>
     <w:rsid w:val="00CD2B65"/>
     <w:rsid w:val="00CD3AB8"/>
     <w:rsid w:val="00CD48ED"/>
     <w:rsid w:val="00CD5605"/>
     <w:rsid w:val="00CD7F7A"/>
     <w:rsid w:val="00CE0F0B"/>
     <w:rsid w:val="00CE1F25"/>
     <w:rsid w:val="00CE208A"/>
     <w:rsid w:val="00CE3D23"/>
     <w:rsid w:val="00CE5B48"/>
     <w:rsid w:val="00CE6966"/>
     <w:rsid w:val="00CF167B"/>
     <w:rsid w:val="00CF660B"/>
     <w:rsid w:val="00D00CA0"/>
     <w:rsid w:val="00D033C0"/>
     <w:rsid w:val="00D07270"/>
     <w:rsid w:val="00D07746"/>
     <w:rsid w:val="00D079F1"/>
     <w:rsid w:val="00D126AA"/>
@@ -22966,153 +22300,157 @@
     <w:rsid w:val="00E43FA1"/>
     <w:rsid w:val="00E50A08"/>
     <w:rsid w:val="00E512BF"/>
     <w:rsid w:val="00E5268B"/>
     <w:rsid w:val="00E53FF8"/>
     <w:rsid w:val="00E56FCA"/>
     <w:rsid w:val="00E60022"/>
     <w:rsid w:val="00E648B7"/>
     <w:rsid w:val="00E6615C"/>
     <w:rsid w:val="00E748A0"/>
     <w:rsid w:val="00E74A62"/>
     <w:rsid w:val="00E75038"/>
     <w:rsid w:val="00E83D2A"/>
     <w:rsid w:val="00E9449B"/>
     <w:rsid w:val="00E944DF"/>
     <w:rsid w:val="00E95A5E"/>
     <w:rsid w:val="00EA1F60"/>
     <w:rsid w:val="00EA4183"/>
     <w:rsid w:val="00EA70A9"/>
     <w:rsid w:val="00EB2020"/>
     <w:rsid w:val="00EB3827"/>
     <w:rsid w:val="00EB69B0"/>
     <w:rsid w:val="00EC2D17"/>
     <w:rsid w:val="00EC46B4"/>
     <w:rsid w:val="00EC6F3B"/>
+    <w:rsid w:val="00ED1512"/>
     <w:rsid w:val="00ED6E7A"/>
     <w:rsid w:val="00ED730D"/>
     <w:rsid w:val="00EE0F8C"/>
     <w:rsid w:val="00EF2CBB"/>
     <w:rsid w:val="00EF403E"/>
     <w:rsid w:val="00EF7395"/>
     <w:rsid w:val="00F00236"/>
     <w:rsid w:val="00F04A85"/>
     <w:rsid w:val="00F07970"/>
     <w:rsid w:val="00F1250D"/>
     <w:rsid w:val="00F1600B"/>
     <w:rsid w:val="00F17C0C"/>
     <w:rsid w:val="00F20B1E"/>
     <w:rsid w:val="00F21709"/>
+    <w:rsid w:val="00F22457"/>
     <w:rsid w:val="00F25666"/>
     <w:rsid w:val="00F32D0B"/>
     <w:rsid w:val="00F3308E"/>
     <w:rsid w:val="00F35827"/>
     <w:rsid w:val="00F36130"/>
     <w:rsid w:val="00F37F77"/>
     <w:rsid w:val="00F41A77"/>
     <w:rsid w:val="00F425AC"/>
     <w:rsid w:val="00F42B01"/>
     <w:rsid w:val="00F45B30"/>
     <w:rsid w:val="00F47894"/>
     <w:rsid w:val="00F55753"/>
     <w:rsid w:val="00F560F5"/>
     <w:rsid w:val="00F606B2"/>
     <w:rsid w:val="00F61A87"/>
     <w:rsid w:val="00F63628"/>
     <w:rsid w:val="00F64639"/>
     <w:rsid w:val="00F64937"/>
     <w:rsid w:val="00F65743"/>
     <w:rsid w:val="00F744B1"/>
     <w:rsid w:val="00F81B26"/>
     <w:rsid w:val="00F9230C"/>
     <w:rsid w:val="00F95E73"/>
     <w:rsid w:val="00FA0E6E"/>
     <w:rsid w:val="00FA2BA7"/>
     <w:rsid w:val="00FA4043"/>
     <w:rsid w:val="00FA679E"/>
     <w:rsid w:val="00FB2E0D"/>
     <w:rsid w:val="00FB403A"/>
     <w:rsid w:val="00FB4442"/>
     <w:rsid w:val="00FC285F"/>
     <w:rsid w:val="00FC4CAD"/>
     <w:rsid w:val="00FC600E"/>
     <w:rsid w:val="00FC7AE2"/>
     <w:rsid w:val="00FD36E0"/>
     <w:rsid w:val="00FD50F3"/>
+    <w:rsid w:val="00FD5E00"/>
     <w:rsid w:val="00FE040A"/>
     <w:rsid w:val="00FE5593"/>
     <w:rsid w:val="00FE702A"/>
     <w:rsid w:val="00FF0041"/>
     <w:rsid w:val="00FF298A"/>
     <w:rsid w:val="00FF487D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="463A1834"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F39B90AC-4818-44D3-B2D7-5F159C075D39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -23440,50 +22778,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -23545,51 +22888,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F04A85"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1846168753">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="945432291">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -23892,71 +23235,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5295</Characters>
+  <Pages>5</Pages>
+  <Words>927</Words>
+  <Characters>5289</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6211</CharactersWithSpaces>
+  <CharactersWithSpaces>6204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мясникова Лариса Викторовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>